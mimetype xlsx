--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a8d41e968794444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27880e458dc74b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83664d993b6d4a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra16d2e4eefb143a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb64cb09a0e417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83664d993b6d4a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae515a73b8014e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra16d2e4eefb143a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>131,604</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,484</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>