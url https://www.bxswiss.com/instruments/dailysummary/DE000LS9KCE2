--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27880e458dc74b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33c9ca918ac4048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra16d2e4eefb143a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbd6ed34c7f449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae515a73b8014e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra16d2e4eefb143a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54462abc23d34609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbd6ed34c7f449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>132,612</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,963</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,736</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>