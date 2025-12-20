--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33c9ca918ac4048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c08a747548c4e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbd6ed34c7f449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236fa3b6f5634739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54462abc23d34609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbd6ed34c7f449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8beeb22000d488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236fa3b6f5634739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>130,608</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,070</x:t>
-[...119 lines deleted...]
-          <x:t>128,802</x:t>
+          <x:t>129,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,592</x:t>
-[...220 lines deleted...]
-          <x:t>126,856</x:t>
+          <x:t>129,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>