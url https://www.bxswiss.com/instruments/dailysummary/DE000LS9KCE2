--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c08a747548c4e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773b39f8707c4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236fa3b6f5634739"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557603d800054818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8beeb22000d488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236fa3b6f5634739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e78d092b88a44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557603d800054818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>