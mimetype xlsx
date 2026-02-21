--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R773b39f8707c4f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4b7a43065d4617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557603d800054818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2dab17c0fbf4da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e78d092b88a44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557603d800054818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ae5085e4164bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2dab17c0fbf4da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>129,065</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,120</x:t>
-[...296 lines deleted...]
-          <x:t>131,558</x:t>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>