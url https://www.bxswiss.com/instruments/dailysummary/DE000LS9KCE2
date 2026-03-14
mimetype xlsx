--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f4b7a43065d4617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aebede7d1c94014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2dab17c0fbf4da2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba11d34b4b543b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ae5085e4164bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2dab17c0fbf4da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4893a1d9c96c4b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba11d34b4b543b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendensprinter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>