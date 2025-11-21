--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a48ecb00fe46fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09840a2b26b4262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7baf10088dc64ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ada0d973b504e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4518b63dfde649c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7baf10088dc64ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd4e7e8343c44cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ada0d973b504e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARTUPS und SMALL CAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>