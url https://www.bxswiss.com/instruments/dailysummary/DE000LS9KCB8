--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09840a2b26b4262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1906052112b9425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ada0d973b504e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305c4e3f84b94791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd4e7e8343c44cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ada0d973b504e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e97fbc17d114309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305c4e3f84b94791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARTUPS und SMALL CAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>