--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1906052112b9425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085f30a3dd494dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305c4e3f84b94791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8ca91b1824445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e97fbc17d114309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305c4e3f84b94791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976006eb6a3d4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8ca91b1824445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARTUPS und SMALL CAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>134,881</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,776</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...246 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,206</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>