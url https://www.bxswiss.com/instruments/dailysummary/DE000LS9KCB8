--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R085f30a3dd494dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2335bbc57b53438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8ca91b1824445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cbdfbd7bd54496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976006eb6a3d4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8ca91b1824445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb21b12542b497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cbdfbd7bd54496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARTUPS und SMALL CAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,010</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>