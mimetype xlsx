--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2335bbc57b53438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb6fc35ebc644b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cbdfbd7bd54496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R475f1016988941f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb21b12542b497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cbdfbd7bd54496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b692e5aa804c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R475f1016988941f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>STARTUPS und SMALL CAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>