--- v0 (2025-10-09)
+++ v1 (2025-11-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe348cbba1c49eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e0fbb81148457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3607e58beee045ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6400e6ee684860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dcda75552804307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3607e58beee045ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec381fb13f454e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6400e6ee684860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,143</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>87,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,410</x:t>
-[...242 lines deleted...]
-          <x:t>87,084</x:t>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>