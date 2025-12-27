--- v1 (2025-11-06)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e0fbb81148457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12a8bd3b8f442e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6400e6ee684860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c9a3a3cdbb4090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec381fb13f454e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6400e6ee684860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbb5b39021e412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c9a3a3cdbb4090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>87,086</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,958</x:t>
-[...80 lines deleted...]
-          <x:t>87,011</x:t>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>87,114</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>