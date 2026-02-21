--- v2 (2025-12-27)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12a8bd3b8f442e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff27b9f98acf4dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c9a3a3cdbb4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb681dee1de41a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbb5b39021e412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c9a3a3cdbb4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1110878b3d584dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb681dee1de41a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>87,181</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>