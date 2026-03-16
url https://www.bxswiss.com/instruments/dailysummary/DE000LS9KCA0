--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff27b9f98acf4dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89cba181a6d412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb681dee1de41a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b3e2fdebe14333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1110878b3d584dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb681dee1de41a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ff38e67bf143dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b3e2fdebe14333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KCA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>