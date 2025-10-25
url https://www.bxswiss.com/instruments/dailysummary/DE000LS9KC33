--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a0121e3c474767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04600d6628e34f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85e825d286ae4644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd10bbcab634ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c09f749e98a44de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85e825d286ae4644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f3bbad707f44bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd10bbcab634ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Futterschmiede Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>214,637</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,054</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>217,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>