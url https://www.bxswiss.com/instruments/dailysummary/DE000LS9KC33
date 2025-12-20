--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04600d6628e34f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4f522e3e6b4a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd10bbcab634ab6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3d543aed3f48f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f3bbad707f44bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd10bbcab634ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004861eb7594418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3d543aed3f48f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Futterschmiede Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>217,463</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,039</x:t>
-[...436 lines deleted...]
-          <x:t>219,673</x:t>
+          <x:t>218,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>