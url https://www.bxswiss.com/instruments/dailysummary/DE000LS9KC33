--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4f522e3e6b4a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra211466e79a54c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3d543aed3f48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ec4ca67a9c42d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004861eb7594418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3d543aed3f48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a6a991b01f4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ec4ca67a9c42d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Futterschmiede Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>216,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,132</x:t>
-[...232 lines deleted...]
-          <x:t>220,001</x:t>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,030</x:t>
-[...328 lines deleted...]
-          <x:t>217,961</x:t>
+          <x:t>221,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>