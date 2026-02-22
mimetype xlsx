--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra211466e79a54c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9ad66d6bc8446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ec4ca67a9c42d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07687c8a4ad44452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a6a991b01f4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ec4ca67a9c42d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aeee19c102f476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07687c8a4ad44452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Futterschmiede Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>221,916</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,138</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>224,341</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>