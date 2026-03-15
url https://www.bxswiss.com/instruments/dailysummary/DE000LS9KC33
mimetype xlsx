--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9ad66d6bc8446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc607347b0954531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07687c8a4ad44452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876c01fdc04f4ef5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aeee19c102f476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07687c8a4ad44452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646b29a1ce354113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876c01fdc04f4ef5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Futterschmiede Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>212,755</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,447</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>210,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>