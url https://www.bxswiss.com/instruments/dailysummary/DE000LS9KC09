--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324e6eb7c0fa4dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27101d43247840bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d55477d1c6d4c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4134dfeb304926"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a7c415e960f46da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d55477d1c6d4c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba70b60b90949c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4134dfeb304926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>62,748</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,556</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>68,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>