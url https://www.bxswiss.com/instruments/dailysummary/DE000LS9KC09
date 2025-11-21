--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27101d43247840bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daab7e5200b4f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4134dfeb304926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5f37835bba4ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba70b60b90949c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4134dfeb304926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a07201c09a4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5f37835bba4ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>