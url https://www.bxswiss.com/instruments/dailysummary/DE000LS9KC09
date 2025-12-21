--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daab7e5200b4f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dbc6b6c83f41e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5f37835bba4ef2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb5d331cb3944cae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a07201c09a4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5f37835bba4ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037729b9a5404cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb5d331cb3944cae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>