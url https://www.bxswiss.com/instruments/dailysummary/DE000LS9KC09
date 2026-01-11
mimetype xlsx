--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dbc6b6c83f41e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fe5c846cde41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb5d331cb3944cae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4def292cc1f4b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037729b9a5404cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb5d331cb3944cae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b88d572708f4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4def292cc1f4b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>