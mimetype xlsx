--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fe5c846cde41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddefd0038b504273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4def292cc1f4b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3644389d53f840e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b88d572708f4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4def292cc1f4b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ba9a954abf45f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3644389d53f840e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>61,424</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>