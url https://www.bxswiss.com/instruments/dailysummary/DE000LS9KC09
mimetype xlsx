--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddefd0038b504273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1c1fa9cc594f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3644389d53f840e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbc40c760134911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ba9a954abf45f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3644389d53f840e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1011bd7fa54c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbc40c760134911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabiswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KC09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>