--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4fb26d3145d4214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d74f8a3c60493a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cf1c21f22b46fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b46fd7c525f444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89b1846daba1485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cf1c21f22b46fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24d4ba3f4c2440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b46fd7c525f444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,709</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>554,672</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>553,779</x:t>
-[...274 lines deleted...]
-          <x:t>565,139</x:t>
+          <x:t>566,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>