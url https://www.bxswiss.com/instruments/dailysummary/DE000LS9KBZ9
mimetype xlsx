--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d74f8a3c60493a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24057d2236734a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b46fd7c525f444c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73270d0378eb4b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24d4ba3f4c2440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b46fd7c525f444c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5b07a636b14ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73270d0378eb4b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>643,981</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>