--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24057d2236734a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca987e69ec1a4da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73270d0378eb4b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d593f1f498242d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5b07a636b14ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73270d0378eb4b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63bd4091ff64675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d593f1f498242d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit und Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>592,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>