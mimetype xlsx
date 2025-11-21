--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2b739343674bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e61effe6b14750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a27daf4857e4d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84f2cac15e54fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01bd15a0c4ab4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a27daf4857e4d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c201ef2f956428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84f2cac15e54fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>502,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,572</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>