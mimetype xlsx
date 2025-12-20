--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e61effe6b14750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab558e4f0cc46e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84f2cac15e54fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c049efb4de54c18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c201ef2f956428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84f2cac15e54fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b413ea43bd4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c049efb4de54c18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>