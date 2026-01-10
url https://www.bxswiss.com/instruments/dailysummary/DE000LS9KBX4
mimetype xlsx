--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab558e4f0cc46e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf9f7955c55414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c049efb4de54c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9666a694dad495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b413ea43bd4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c049efb4de54c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22aab2bb9eb46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9666a694dad495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>