--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf9f7955c55414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36307778b4e4663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9666a694dad495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8994dbd8a0a43ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22aab2bb9eb46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9666a694dad495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15cb2802fe244d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8994dbd8a0a43ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>489,049</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>