--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36307778b4e4663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R066e39e1693a4cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8994dbd8a0a43ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R966b2a0b2ee84d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15cb2802fe244d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8994dbd8a0a43ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb140aaeaf5e64e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R966b2a0b2ee84d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>möppel Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>