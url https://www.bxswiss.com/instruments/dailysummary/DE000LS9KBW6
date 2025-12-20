--- v0 (2025-10-05)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf06aa422814fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a42d6dd57154ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532279cd7cd74a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac7eac6a9cb4e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ff1dc3d09c4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532279cd7cd74a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb063ff38b3634b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac7eac6a9cb4e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste (EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,313</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>