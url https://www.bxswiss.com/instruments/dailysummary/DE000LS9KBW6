--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a42d6dd57154ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6dd5326da3f42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac7eac6a9cb4e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1b2b5178814d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb063ff38b3634b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac7eac6a9cb4e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90006fad668b4ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1b2b5178814d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste (EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>