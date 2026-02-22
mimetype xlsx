--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6dd5326da3f42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb209138f404b4d3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1b2b5178814d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67333e7d7d134247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90006fad668b4ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1b2b5178814d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a012b5170af4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67333e7d7d134247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste (EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,760</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>