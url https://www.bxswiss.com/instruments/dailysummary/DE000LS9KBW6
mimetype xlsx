--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb209138f404b4d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re783e5ea009545b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67333e7d7d134247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf56edaa77249ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a012b5170af4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67333e7d7d134247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b34984ae1f4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf56edaa77249ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste (EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>