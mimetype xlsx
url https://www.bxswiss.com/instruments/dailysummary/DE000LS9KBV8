--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa608fa4eeb42e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ba2bdb357c41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a4a26a4430425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81566a7665e4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ad8a6c777842df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a4a26a4430425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42006431d644e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81566a7665e4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>172,698</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,222</x:t>
-[...458 lines deleted...]
-          <x:t>174,577</x:t>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>