--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ba2bdb357c41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd741c47fe2304ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81566a7665e4228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49760fac14194a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42006431d644e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81566a7665e4228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf071cdce720140dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49760fac14194a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>174,290</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,459</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>174,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>