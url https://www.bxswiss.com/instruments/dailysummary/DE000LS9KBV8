--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd741c47fe2304ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5e93b4665c435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49760fac14194a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2938ea62fe9496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf071cdce720140dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49760fac14194a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457a0f418bc44aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2938ea62fe9496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>