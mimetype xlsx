--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5e93b4665c435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b537f9c4404843" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2938ea62fe9496b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e21676da1d4404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457a0f418bc44aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2938ea62fe9496b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2cd3370cba401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e21676da1d4404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,420</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>