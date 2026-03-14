--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b537f9c4404843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9855acf217934ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e21676da1d4404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a1669bba6b1421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2cd3370cba401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e21676da1d4404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e83e0e448c243a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a1669bba6b1421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mehrsäulenmodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>