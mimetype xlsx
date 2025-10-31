--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf58fb9f8944c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recbfd1a3e4c04d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc3764179f646eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9adb72cc984718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62158ded69342e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc3764179f646eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc0a4d69358459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9adb72cc984718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>69,063</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,795</x:t>
-[...490 lines deleted...]
-          <x:t>71,604</x:t>
+          <x:t>69,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>