--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recbfd1a3e4c04d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4c7ef499f9472d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9adb72cc984718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b638fa948da4bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc0a4d69358459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9adb72cc984718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0975ef2a0b774a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b638fa948da4bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>71,392</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,930</x:t>
-[...485 lines deleted...]
-          <x:t>70,865</x:t>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>