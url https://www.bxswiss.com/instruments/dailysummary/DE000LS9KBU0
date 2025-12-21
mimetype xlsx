--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4c7ef499f9472d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re746d3b730c34a39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b638fa948da4bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010f94fa159246f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0975ef2a0b774a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b638fa948da4bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e5b62f0f7c4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010f94fa159246f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>70,920</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,406</x:t>
-[...274 lines deleted...]
-          <x:t>70,580</x:t>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>