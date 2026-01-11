--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re746d3b730c34a39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd045081c831d491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010f94fa159246f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b33960c19984f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e5b62f0f7c4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010f94fa159246f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf256142aff3a4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b33960c19984f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>