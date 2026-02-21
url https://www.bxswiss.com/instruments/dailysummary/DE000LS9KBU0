--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd045081c831d491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcaf83e2d0d74487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b33960c19984f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4939531e30504e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf256142aff3a4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b33960c19984f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec9834958834da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4939531e30504e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>72,425</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>74,911</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>74,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>