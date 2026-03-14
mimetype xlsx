--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcaf83e2d0d74487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc28d209a4dd4bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4939531e30504e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fdd240a1534133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec9834958834da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4939531e30504e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R191024c85759475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fdd240a1534133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silvana FHB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>72,926</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,484</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>73,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,823</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>