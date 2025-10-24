--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra261c3948a8c4d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra424fa512f2e43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1eafc5013c14f1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f52cf7cd2684cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d985ff5ec0a41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1eafc5013c14f1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1609bca80f49ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f52cf7cd2684cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>114,889</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,207</x:t>
-[...242 lines deleted...]
-          <x:t>116,388</x:t>
+          <x:t>113,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>