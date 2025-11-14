--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra424fa512f2e43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e317328d384ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f52cf7cd2684cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b3828efe764056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1609bca80f49ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f52cf7cd2684cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3be1a6ab3cb4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b3828efe764056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>