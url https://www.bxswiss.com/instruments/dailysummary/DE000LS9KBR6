--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e317328d384ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1b2513e1b846a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b3828efe764056"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1823d2f68fd4be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3be1a6ab3cb4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b3828efe764056" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ddcd0e04bd40e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1823d2f68fd4be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,082</x:t>
-[...576 lines deleted...]
-          <x:t>112,478</x:t>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>