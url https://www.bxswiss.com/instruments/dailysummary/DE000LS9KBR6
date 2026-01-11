--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1b2513e1b846a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbfa9b80f9047bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1823d2f68fd4be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23dc6070e7a84e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09ddcd0e04bd40e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1823d2f68fd4be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9abcf4280a1d42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23dc6070e7a84e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>