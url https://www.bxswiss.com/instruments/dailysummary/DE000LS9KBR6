--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbfa9b80f9047bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb104e39e3f8243e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23dc6070e7a84e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70be12ccd6904509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9abcf4280a1d42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23dc6070e7a84e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6e261f56d324a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70be12ccd6904509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,563</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>