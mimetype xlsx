--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb104e39e3f8243e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3084058ae33a4ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70be12ccd6904509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e1be9967aa48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6e261f56d324a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70be12ccd6904509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red07422e81184e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e1be9967aa48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlueChips D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>