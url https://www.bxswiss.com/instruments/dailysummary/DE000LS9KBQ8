--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4def95020d2341c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788f39fa397e448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdbab8c5a98e46b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1763e9827e17495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b0ae33fde0422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdbab8c5a98e46b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e80c0a0cd14482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1763e9827e17495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>project digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>