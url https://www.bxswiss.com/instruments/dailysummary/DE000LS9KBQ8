--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788f39fa397e448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d619ee293494dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1763e9827e17495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e97a421a81f480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e80c0a0cd14482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1763e9827e17495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa1ea635ba04898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e97a421a81f480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>project digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>427,845</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>