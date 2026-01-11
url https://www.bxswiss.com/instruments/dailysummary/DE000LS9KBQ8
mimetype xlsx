--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d619ee293494dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39932e675c344aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e97a421a81f480d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf8ee31679d4c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa1ea635ba04898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e97a421a81f480d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb709e2fa23e946c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf8ee31679d4c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>project digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>