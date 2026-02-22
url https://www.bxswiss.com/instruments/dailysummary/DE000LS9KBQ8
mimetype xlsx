--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39932e675c344aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1cde722b7e84844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf8ee31679d4c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14320e98b8114044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb709e2fa23e946c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf8ee31679d4c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb758739eb7bd4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14320e98b8114044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>project digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>445,372</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>