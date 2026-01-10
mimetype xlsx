--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51cbf30351864e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca104d8d9f3747ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb10e8625a214f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ac28679a7c4cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e08e5c90bae4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb10e8625a214f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929a9f3656ee415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ac28679a7c4cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,104</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>127,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>