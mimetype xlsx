--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca104d8d9f3747ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d234c08af041ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ac28679a7c4cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c862a9ac50f46fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929a9f3656ee415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ac28679a7c4cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7756241c6b43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c862a9ac50f46fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>129,178</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>