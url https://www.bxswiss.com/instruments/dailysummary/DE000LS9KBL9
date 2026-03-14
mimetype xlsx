--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d234c08af041ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eceb685f073410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c862a9ac50f46fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93150219a24b4125"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7756241c6b43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c862a9ac50f46fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7fbb3609b1d457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93150219a24b4125" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>