--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0d7e81707c4d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17115d097cc44162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e949043cff34d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d441cc8bce40c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R455cefbf082c4c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e949043cff34d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf0a4d2d81834ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d441cc8bce40c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>162,441</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,285</x:t>
-[...119 lines deleted...]
-          <x:t>161,839</x:t>
+          <x:t>161,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,560</x:t>
-[...328 lines deleted...]
-          <x:t>162,461</x:t>
+          <x:t>161,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>