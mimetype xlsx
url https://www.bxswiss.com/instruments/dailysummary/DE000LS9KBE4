--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17115d097cc44162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra067bb46465f4837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d441cc8bce40c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65bf675bbf674494"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf0a4d2d81834ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d441cc8bce40c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3c4e11aef7435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65bf675bbf674494" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>161,943</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,707</x:t>
-[...490 lines deleted...]
-          <x:t>160,490</x:t>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>