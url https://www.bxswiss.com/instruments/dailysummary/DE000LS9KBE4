--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra067bb46465f4837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R467f7d36fa7141d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65bf675bbf674494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf15f1c20ffa44ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3c4e11aef7435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65bf675bbf674494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9651b54b14f4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf15f1c20ffa44ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,079</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>