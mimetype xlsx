--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R467f7d36fa7141d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4c4184de1446b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf15f1c20ffa44ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca78337a6bd44f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9651b54b14f4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf15f1c20ffa44ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb073d5fae7654862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca78337a6bd44f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>162,393</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>