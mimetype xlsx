--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4c4184de1446b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3b9d9513fa43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca78337a6bd44f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R228ac13be7e544ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb073d5fae7654862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca78337a6bd44f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11a481ded5124daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R228ac13be7e544ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TUPP Models Europe 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>159,787</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,663</x:t>
-[...129 lines deleted...]
-          <x:t>158,647</x:t>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>158,806</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>