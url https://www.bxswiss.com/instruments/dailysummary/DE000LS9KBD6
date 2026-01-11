--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06ecdc11afb24507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5219a373c2714872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d4350e73324d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731953237a4b44a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4dbc928ba54924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d4350e73324d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re802811f0711440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731953237a4b44a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>263,737</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>