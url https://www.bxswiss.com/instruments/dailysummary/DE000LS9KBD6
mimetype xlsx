--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5219a373c2714872" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00e1a27a6b249ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731953237a4b44a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a217daadc454dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re802811f0711440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731953237a4b44a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4851bdf52a41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a217daadc454dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>269,039</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>