--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00e1a27a6b249ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd677d59ad714bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a217daadc454dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d5e3c2831547f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4851bdf52a41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a217daadc454dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520496e2a11f4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d5e3c2831547f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienauswahl nach Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KBD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>