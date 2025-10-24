--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda94bc1ae44c4b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba192bb0b3445e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f02d5842a443e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d00edbf0e894cd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f20671757c4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f02d5842a443e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d29d3339354181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d00edbf0e894cd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PharmaInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>