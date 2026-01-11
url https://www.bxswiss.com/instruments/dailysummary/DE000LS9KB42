--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba192bb0b3445e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc760f2caaad94ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d00edbf0e894cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd10a01a1b1e04025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d29d3339354181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d00edbf0e894cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28e074aeaa6042f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd10a01a1b1e04025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PharmaInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,468</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>