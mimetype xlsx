--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc760f2caaad94ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b6c2eb12e14eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd10a01a1b1e04025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f265d0bbba4bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28e074aeaa6042f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd10a01a1b1e04025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1020fbdfdcc4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f265d0bbba4bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PharmaInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,728</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>