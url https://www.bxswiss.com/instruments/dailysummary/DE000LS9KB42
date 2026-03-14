--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b6c2eb12e14eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c21accb36734c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f265d0bbba4bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ee63046b1444e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1020fbdfdcc4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f265d0bbba4bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93893d507910492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ee63046b1444e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PharmaInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>