--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9354776cc7b84967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eaa6fe7f205456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa3ed5ce2eb4139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5de8054f9f34d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b7af928a06433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa3ed5ce2eb4139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c7d82908cb4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5de8054f9f34d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>