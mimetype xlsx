--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eaa6fe7f205456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998d4bd0ffb44952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5de8054f9f34d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbee173ee167e4d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c7d82908cb4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5de8054f9f34d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R156b23b5c6874e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbee173ee167e4d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>145,587</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>