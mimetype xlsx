--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998d4bd0ffb44952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73e611bb9b04f98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbee173ee167e4d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6087bbc5434447a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R156b23b5c6874e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbee173ee167e4d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38da5bdf56144aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6087bbc5434447a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Global Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>148,864</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,623</x:t>
-[...58 lines deleted...]
-          <x:t>150,208</x:t>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>