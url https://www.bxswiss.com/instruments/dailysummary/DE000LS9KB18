--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e4d09e07154082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053e66d959d9410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808eedef8d3f4cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1d5de507a54de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b6ea8bd4c3345f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808eedef8d3f4cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ecc7d808d448a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1d5de507a54de0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>