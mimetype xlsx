--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053e66d959d9410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32308b2fe62e4a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1d5de507a54de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a7d2b05a554708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ecc7d808d448a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1d5de507a54de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcab79f11cc54247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a7d2b05a554708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>264,512</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>