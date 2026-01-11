--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32308b2fe62e4a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab5d72f30aa43be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a7d2b05a554708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17f6ed17b86423f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcab79f11cc54247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a7d2b05a554708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0442f65a127b4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17f6ed17b86423f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>