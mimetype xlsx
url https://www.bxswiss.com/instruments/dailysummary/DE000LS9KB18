--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab5d72f30aa43be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R261bb991e78b4a34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17f6ed17b86423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a52a02fe914ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0442f65a127b4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17f6ed17b86423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e05118e5844e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a52a02fe914ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>269,556</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>