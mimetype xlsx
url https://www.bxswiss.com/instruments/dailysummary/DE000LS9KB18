--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R261bb991e78b4a34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R571abbc3ed634e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a52a02fe914ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd579be4005ec485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e05118e5844e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a52a02fe914ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a56e0993104883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd579be4005ec485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>