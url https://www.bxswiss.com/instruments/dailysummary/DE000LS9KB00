--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55424599022e406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a0f0aa28a4149e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0316641cb7d94dd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fd64f6e21924b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a04008af2c4c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0316641cb7d94dd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa7a3d88534477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fd64f6e21924b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Dividenden Pipeline USA MLP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>71,639</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>70,790</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,933</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>71,516</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,303</x:t>
+          <x:t>70,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>