--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a0f0aa28a4149e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae4343bb4064917" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fd64f6e21924b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8111859fc24b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa7a3d88534477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fd64f6e21924b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9225d291fda9439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8111859fc24b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Dividenden Pipeline USA MLP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>