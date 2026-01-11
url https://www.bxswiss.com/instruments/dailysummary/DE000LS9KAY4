--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49997d57b294074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103118dcf7ac4c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a37c37ba7374bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec7bbf7b9d241f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c5a09fc6b1413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a37c37ba7374bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72ac5068cc904dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec7bbf7b9d241f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FHB Zambafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>98,826</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,790</x:t>
-[...458 lines deleted...]
-          <x:t>98,886</x:t>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>