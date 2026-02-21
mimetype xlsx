--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103118dcf7ac4c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae8452200ee4777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec7bbf7b9d241f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08649c9577944fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72ac5068cc904dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec7bbf7b9d241f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d7c2eaa5a840fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08649c9577944fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FHB Zambafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,382</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>