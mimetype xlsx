--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae8452200ee4777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f9929ee8cee4227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08649c9577944fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4bd79cf37d74cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d7c2eaa5a840fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08649c9577944fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0bd1367a714db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4bd79cf37d74cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FHB Zambafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>