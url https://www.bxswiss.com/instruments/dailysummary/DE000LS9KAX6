--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d0b2f3edf64f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4543bd5a2b40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a2cdcc8e5d4605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba5e03c76f546d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc1aad41b34f4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a2cdcc8e5d4605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480871d21ee54653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba5e03c76f546d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashisKing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>