--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4543bd5a2b40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa7abc57eab426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba5e03c76f546d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e3ab63819c84014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480871d21ee54653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba5e03c76f546d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ed61c8a17442e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e3ab63819c84014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashisKing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>404,490</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>