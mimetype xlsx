--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa7abc57eab426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe76f422aae4566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e3ab63819c84014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra599d60863974c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ed61c8a17442e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e3ab63819c84014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8130ebdd47e74bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra599d60863974c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashisKing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>409,263</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>