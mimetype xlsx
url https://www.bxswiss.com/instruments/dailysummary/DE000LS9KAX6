--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe76f422aae4566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e38a6e93d944e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra599d60863974c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e32392badd43b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8130ebdd47e74bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra599d60863974c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ffe5d58ab14ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e32392badd43b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashisKing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>