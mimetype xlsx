--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d0a97976914fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7d35caf89343e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c91dcdba6894c2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41754c2ec9dc47f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ccab4f13034820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c91dcdba6894c2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042fc60777294141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41754c2ec9dc47f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Toms All-in</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>222,645</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>