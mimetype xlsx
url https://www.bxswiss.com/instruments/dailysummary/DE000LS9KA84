--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7d35caf89343e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d89abad0e04e7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41754c2ec9dc47f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811e9e70d0b64527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R042fc60777294141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41754c2ec9dc47f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf75b3ada1641eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811e9e70d0b64527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Toms All-in</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>