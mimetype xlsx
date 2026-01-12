--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d89abad0e04e7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd247a0f7314426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811e9e70d0b64527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7481546d082f49e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf75b3ada1641eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811e9e70d0b64527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e47f92cecf436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7481546d082f49e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Toms All-in</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>