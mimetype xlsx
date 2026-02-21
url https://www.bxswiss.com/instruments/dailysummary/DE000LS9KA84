--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd247a0f7314426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3834649ec3540da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7481546d082f49e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56fda0fe27a4860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e47f92cecf436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7481546d082f49e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6eb31ae9124f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56fda0fe27a4860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Toms All-in</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>173,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>