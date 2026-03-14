--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3834649ec3540da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbabb3278407f428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56fda0fe27a4860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f08ea809bb243ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6eb31ae9124f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56fda0fe27a4860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2011243aa94169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f08ea809bb243ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Toms All-in</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>