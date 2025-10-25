--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6a52046e5d414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66632de96944108" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8670d78982ac4e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8e50982a42484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14072c3c06c44e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8670d78982ac4e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9d729a1b5e456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8e50982a42484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>