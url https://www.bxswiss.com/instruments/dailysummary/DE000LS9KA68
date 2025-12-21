--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66632de96944108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra42ad39b0c3849e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8e50982a42484a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53193f3bd8e64093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9d729a1b5e456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8e50982a42484a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569ff73dd3464dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53193f3bd8e64093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>204,127</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>