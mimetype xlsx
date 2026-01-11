--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra42ad39b0c3849e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d714cd5be7486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53193f3bd8e64093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20c076b6519b480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569ff73dd3464dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53193f3bd8e64093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd0c1223f124db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c076b6519b480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>