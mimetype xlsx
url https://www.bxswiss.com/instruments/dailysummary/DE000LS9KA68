--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d714cd5be7486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re355fcbdc36b4cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20c076b6519b480d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R282364038b494638"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd0c1223f124db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c076b6519b480d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d03bf2f19c44436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R282364038b494638" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>231,553</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>