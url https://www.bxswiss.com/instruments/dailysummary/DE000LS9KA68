--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re355fcbdc36b4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a8c8e81b1b4bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R282364038b494638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca23ec3d8bf4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d03bf2f19c44436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R282364038b494638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5931331d2f040ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca23ec3d8bf4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>