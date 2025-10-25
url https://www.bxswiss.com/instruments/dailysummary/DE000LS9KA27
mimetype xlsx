--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5a4bb3142f48fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5dad6dc2e044f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a67b49faaf44cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766fe0fb082147aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35b5fa45eb943d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a67b49faaf44cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669cf56c78f04c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766fe0fb082147aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small-Cap-Werte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>