--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5dad6dc2e044f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc0e2a9a2d746bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766fe0fb082147aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d03e4ce66b4010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669cf56c78f04c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766fe0fb082147aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cc448240ba4ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d03e4ce66b4010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small-Cap-Werte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>