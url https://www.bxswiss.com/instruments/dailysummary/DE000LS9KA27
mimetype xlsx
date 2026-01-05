--- v2 (2025-11-15)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc0e2a9a2d746bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984ef92c9c5d4692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d03e4ce66b4010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e8ee1be278493c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cc448240ba4ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d03e4ce66b4010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e18bd89f7047ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e8ee1be278493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small-Cap-Werte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>59,969</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>