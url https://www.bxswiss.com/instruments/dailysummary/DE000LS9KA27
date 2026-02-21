--- v3 (2026-01-05)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984ef92c9c5d4692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78656abffcb04039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e8ee1be278493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7685351db14ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e18bd89f7047ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e8ee1be278493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d671a8da64f42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7685351db14ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small-Cap-Werte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>65,341</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>