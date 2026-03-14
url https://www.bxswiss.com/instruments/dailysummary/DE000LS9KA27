--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78656abffcb04039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R319d2e6326144fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7685351db14ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da4e6f935d64afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d671a8da64f42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7685351db14ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cce46d58ed44e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da4e6f935d64afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small-Cap-Werte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>