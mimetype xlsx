--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c01ed00b5440db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3e2cdb059d438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86307b3fa3414f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7627c3cc5cd4ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4984cc5c225c460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86307b3fa3414f5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d08937a9764ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7627c3cc5cd4ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...401 lines deleted...]
-          <x:t>98,476</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,399</x:t>
-[...4 lines deleted...]
-          <x:t>98,907</x:t>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>