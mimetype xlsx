--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3e2cdb059d438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101c120b86594ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7627c3cc5cd4ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2d685627764a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d08937a9764ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7627c3cc5cd4ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a8f25effea42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2d685627764a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>