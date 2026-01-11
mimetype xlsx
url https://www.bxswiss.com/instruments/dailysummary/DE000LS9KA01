--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101c120b86594ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f7fad493574984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2d685627764a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8eac0c976494b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a8f25effea42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2d685627764a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c9b75fe7ab34057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8eac0c976494b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>100,762</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,505</x:t>
-[...404 lines deleted...]
-          <x:t>100,524</x:t>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>