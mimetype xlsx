--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f7fad493574984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9814c2b0b54bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8eac0c976494b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2db343abe048e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c9b75fe7ab34057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8eac0c976494b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b51bfc8b3c4c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2db343abe048e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...308 lines deleted...]
-          <x:t>100,997</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,921</x:t>
-[...112 lines deleted...]
-          <x:t>103,963</x:t>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>