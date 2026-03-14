--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9814c2b0b54bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec47bcec4f4544b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d2db343abe048e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c89d827906f40f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b51bfc8b3c4c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d2db343abe048e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27279b70e60c4ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c89d827906f40f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>