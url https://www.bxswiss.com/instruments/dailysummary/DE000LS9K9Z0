--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21749bb3eb034523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64eaa223e3e543d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R601927ddb68b4a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d996e5caf34bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd885b9e33bd74629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R601927ddb68b4a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba5637caed245be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d996e5caf34bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke und Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>