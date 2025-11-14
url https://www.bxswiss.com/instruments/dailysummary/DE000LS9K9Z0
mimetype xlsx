--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64eaa223e3e543d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6201c3d0016649e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d996e5caf34bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77d463a22264fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba5637caed245be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d996e5caf34bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818f6a837b974475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77d463a22264fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke und Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>