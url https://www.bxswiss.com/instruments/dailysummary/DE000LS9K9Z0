--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6201c3d0016649e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e14dac36fb43eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77d463a22264fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb3e44384317497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818f6a837b974475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77d463a22264fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a07d2a9a0254ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb3e44384317497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke und Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>336,407</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>