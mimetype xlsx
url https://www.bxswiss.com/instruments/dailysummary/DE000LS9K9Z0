--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e14dac36fb43eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3a18724c66451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb3e44384317497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551243edb7974975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a07d2a9a0254ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb3e44384317497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9112b0fbdb460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551243edb7974975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke und Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>355,001</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>