--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3a18724c66451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4240690725354179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551243edb7974975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63ca0966c044b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9112b0fbdb460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551243edb7974975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbd3ce7c9eb4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63ca0966c044b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Relative Stärke und Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>