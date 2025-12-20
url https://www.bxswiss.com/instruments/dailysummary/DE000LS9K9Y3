--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de226ac0bf64a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0ac58026ef47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R072dcfdd397b4c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e755f01008447ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb81a2e7c16f4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R072dcfdd397b4c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d2aab9423cc4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e755f01008447ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WIF - Dividenden Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,003</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>