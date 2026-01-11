--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0ac58026ef47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea0d9920be74299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e755f01008447ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42816af4cd234ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d2aab9423cc4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e755f01008447ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c29eeeca7f4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42816af4cd234ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WIF - Dividenden Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>