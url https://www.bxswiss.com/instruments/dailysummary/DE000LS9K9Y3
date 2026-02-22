--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea0d9920be74299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b4e33a3ba040b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42816af4cd234ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e8d9ea9d9b4b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c29eeeca7f4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42816af4cd234ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033f512496264a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e8d9ea9d9b4b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WIF - Dividenden Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>114,436</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>114,501</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>