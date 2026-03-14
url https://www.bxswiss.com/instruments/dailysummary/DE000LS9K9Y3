--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b4e33a3ba040b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29fef32946d5464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e8d9ea9d9b4b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a6ca3742554546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033f512496264a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e8d9ea9d9b4b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b2ccafd8ea4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a6ca3742554546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WIF - Dividenden Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,764</x:t>
-[...549 lines deleted...]
-          <x:t>114,433</x:t>
+          <x:t>113,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>