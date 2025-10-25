--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ea01596f9d4034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc904332c188e4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8e2b71ef1df4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b0135ebee04304"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e1e3e32bb44838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8e2b71ef1df4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5668ec57344ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b0135ebee04304" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuetrading nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>86,829</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,815</x:t>
-[...389 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,832</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>89,348</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>