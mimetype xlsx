--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc904332c188e4e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391fc4083bba42fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b0135ebee04304"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc943495b19264fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5668ec57344ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b0135ebee04304" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072f87aed6a94993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc943495b19264fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuetrading nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,323</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>