--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391fc4083bba42fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2784662ff51408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc943495b19264fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f550b85ecbd4a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072f87aed6a94993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc943495b19264fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee6c8858b684aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f550b85ecbd4a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuetrading nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>99,813</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,500</x:t>
-[...404 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>