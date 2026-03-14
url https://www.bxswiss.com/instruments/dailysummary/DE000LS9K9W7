--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2784662ff51408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6cf6bab847e4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f550b85ecbd4a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ae3cd08a664d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee6c8858b684aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f550b85ecbd4a34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85c8274ce0c4a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ae3cd08a664d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuetrading nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>