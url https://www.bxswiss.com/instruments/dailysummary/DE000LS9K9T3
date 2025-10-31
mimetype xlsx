--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2961806f572849fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64ceb8c0f3040ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bcafd7857f14cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030d02704e9f4e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6219e758b4664d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bcafd7857f14cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc510cf3be84a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030d02704e9f4e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,191</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,248</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>237,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>