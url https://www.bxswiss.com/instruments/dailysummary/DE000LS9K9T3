--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64ceb8c0f3040ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa20a360c494525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R030d02704e9f4e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafad568735b148e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc510cf3be84a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R030d02704e9f4e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7baabe030b44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafad568735b148e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>235,013</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>