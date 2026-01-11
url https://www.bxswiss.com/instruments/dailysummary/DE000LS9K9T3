--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa20a360c494525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef2134d7c8a419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafad568735b148e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd6047e116e4ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7baabe030b44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafad568735b148e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba70d44d91e4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd6047e116e4ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>