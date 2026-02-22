--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef2134d7c8a419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea692e9dd67142df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd6047e116e4ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627cf9006fb948f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba70d44d91e4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd6047e116e4ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e7578624e04666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627cf9006fb948f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>212,421</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>