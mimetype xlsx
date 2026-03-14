--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea692e9dd67142df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db6b7e90aed494e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627cf9006fb948f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581cac22445b4231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e7578624e04666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627cf9006fb948f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7f527fbf005429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581cac22445b4231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>