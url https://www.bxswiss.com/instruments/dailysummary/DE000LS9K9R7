--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc06aa3bbd4940cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b4f4856e1e4bdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R732c235df39c459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cd400b9d314757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81875e746a9c4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R732c235df39c459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2736c76e9534481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cd400b9d314757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9R7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,311</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,460</x:t>
-[...107 lines deleted...]
-          <x:t>113,360</x:t>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,110</x:t>
-[...156 lines deleted...]
-          <x:t>112,653</x:t>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>112,003</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>