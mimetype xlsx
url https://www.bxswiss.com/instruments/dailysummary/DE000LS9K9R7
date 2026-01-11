--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b4f4856e1e4bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c65b49f906d4f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cd400b9d314757"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec26b3fd1b844fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2736c76e9534481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cd400b9d314757" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c57c2e650994129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec26b3fd1b844fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9R7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>112,582</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,401</x:t>
-[...566 lines deleted...]
-          <x:t>112,677</x:t>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>