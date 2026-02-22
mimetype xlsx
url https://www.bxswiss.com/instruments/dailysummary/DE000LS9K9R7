--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c65b49f906d4f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd569d70c2f2a4081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec26b3fd1b844fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08681b5c0d5448ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c57c2e650994129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec26b3fd1b844fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7772dead65e1409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08681b5c0d5448ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9R7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,643</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>