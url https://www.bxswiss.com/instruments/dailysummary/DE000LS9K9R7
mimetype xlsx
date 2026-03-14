--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd569d70c2f2a4081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a12a48cd0c4653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08681b5c0d5448ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6be659be07df45eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7772dead65e1409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08681b5c0d5448ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf387f785ad7547e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6be659be07df45eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9R7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>