--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdfbd9c81d746ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27245ba1fe934f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R441defc67bee4011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8be3f8ef81e4c33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba657a53df5f4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R441defc67bee4011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a10842e428545d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8be3f8ef81e4c33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie-mit Pfiff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>