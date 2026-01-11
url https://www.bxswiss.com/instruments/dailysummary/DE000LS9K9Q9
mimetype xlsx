--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27245ba1fe934f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74737049f2894a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8be3f8ef81e4c33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076d7c51961d4145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a10842e428545d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8be3f8ef81e4c33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398154e498814b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076d7c51961d4145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie-mit Pfiff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,447</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>