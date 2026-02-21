--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74737049f2894a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74177b6587494515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076d7c51961d4145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c6bb0a8cdb4a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398154e498814b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076d7c51961d4145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10b6ca1d5024862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c6bb0a8cdb4a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie-mit Pfiff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,454</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>