--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80df96f8fdd94bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3a3bdbc8af4844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848c52f1034a440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b1087141ac94dc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21368e7f98514d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848c52f1034a440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27f125382df4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b1087141ac94dc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low P/B Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>