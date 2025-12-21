--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3a3bdbc8af4844" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3949f292747c420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b1087141ac94dc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd41bbf2e9e17450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27f125382df4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b1087141ac94dc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18cc3167c12a4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd41bbf2e9e17450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low P/B Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,260</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>