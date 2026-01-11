--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3949f292747c420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd5572bde3a4f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd41bbf2e9e17450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c61be6503ec44b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18cc3167c12a4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd41bbf2e9e17450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ace17443474811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c61be6503ec44b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low P/B Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>