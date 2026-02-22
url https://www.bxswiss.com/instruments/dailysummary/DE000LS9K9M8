--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd5572bde3a4f72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc73995872f46e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c61be6503ec44b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb14dfdd257b74787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ace17443474811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c61be6503ec44b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8e45a03d084af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb14dfdd257b74787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low P/B Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,179</x:t>
-[...210 lines deleted...]
-          <x:t>219,391</x:t>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,747</x:t>
-[...85 lines deleted...]
-          <x:t>217,587</x:t>
+          <x:t>223,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>