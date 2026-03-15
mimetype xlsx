--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc73995872f46e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913c2a67ef864530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb14dfdd257b74787"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1348e5bd56b94c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8e45a03d084af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb14dfdd257b74787" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901e4c7a75c345b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1348e5bd56b94c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low P/B Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>