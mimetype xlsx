--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd6c913f960493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0504619f1c844fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re001a632921d4cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f40ce7952e04ae0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb360c2ff414eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re001a632921d4cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32f896b66b64470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f40ce7952e04ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growthvalue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,264</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>