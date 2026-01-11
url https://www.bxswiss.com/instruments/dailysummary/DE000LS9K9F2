--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0504619f1c844fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa2e763637746ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f40ce7952e04ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafc1669d7e04216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32f896b66b64470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f40ce7952e04ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad9ae329e224e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafc1669d7e04216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growthvalue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>