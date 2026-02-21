--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa2e763637746ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb571e22531ad46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafc1669d7e04216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94dcc3cbee1439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad9ae329e224e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafc1669d7e04216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4911b5a3e7249a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94dcc3cbee1439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growthvalue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>165,802</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>