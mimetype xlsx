--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa298958108047d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2fc9bf24ad4ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R823c919caede4d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc533458402794a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra966dab2e0df488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R823c919caede4d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b0b32f8cbd4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc533458402794a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilanzqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>