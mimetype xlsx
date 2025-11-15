--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2fc9bf24ad4ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9306d9886fe74ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc533458402794a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1279675468d46b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b0b32f8cbd4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc533458402794a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55cd5a08e294363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1279675468d46b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilanzqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>