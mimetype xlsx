--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9306d9886fe74ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7e429a8cd84f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1279675468d46b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d7af02d242414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55cd5a08e294363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1279675468d46b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R306ef8acce8a4f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d7af02d242414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilanzqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,492</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>149,052</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>148,604</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,406</x:t>
-[...53 lines deleted...]
-          <x:t>143,768</x:t>
+          <x:t>147,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>