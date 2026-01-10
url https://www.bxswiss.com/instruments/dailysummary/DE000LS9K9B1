--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7e429a8cd84f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6957a3dbc24610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d7af02d242414b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d33e6f4da254edb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R306ef8acce8a4f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d7af02d242414b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8120526f5b64acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d33e6f4da254edb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilanzqualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,492</x:t>
@@ -791,31 +366,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>