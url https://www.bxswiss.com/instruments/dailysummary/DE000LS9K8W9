--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda32604223a4cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2fdca493ec46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa2e7befb544160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re202a1c594c04106"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07bd58b30fd246c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa2e7befb544160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9f105689f64cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re202a1c594c04106" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Directors Dealings Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>