--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2fdca493ec46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf38c2274ea4272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re202a1c594c04106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b4db6baf484203"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9f105689f64cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re202a1c594c04106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333e75d7beb942b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b4db6baf484203" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Directors Dealings Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,645</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>