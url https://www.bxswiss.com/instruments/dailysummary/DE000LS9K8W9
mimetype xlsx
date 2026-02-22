--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf38c2274ea4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064d90042a974d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b4db6baf484203"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b5663c771894526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333e75d7beb942b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b4db6baf484203" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876f9c54cbe14225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b5663c771894526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Directors Dealings Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>90,078</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>