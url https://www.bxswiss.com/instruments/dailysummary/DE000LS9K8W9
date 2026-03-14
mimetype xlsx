--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064d90042a974d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625edf8f1d9743aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b5663c771894526"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb56c4afd6cd24419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876f9c54cbe14225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b5663c771894526" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a226b390be41e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb56c4afd6cd24419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Directors Dealings Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>