--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d0b10c2df34ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d3815d086c4425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdffd4f21a0264598"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f83b26732ad4f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59219b9161c2446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdffd4f21a0264598" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2189f6d9be4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f83b26732ad4f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>107,455</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,983</x:t>
-[...85 lines deleted...]
-          <x:t>107,357</x:t>
+          <x:t>108,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,503</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>107,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,516</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>108,053</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>