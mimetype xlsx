--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d3815d086c4425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f3cb9c6b864a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f83b26732ad4f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70bde33ecb2241d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2189f6d9be4709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f83b26732ad4f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc123ba773c1f4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70bde33ecb2241d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>107,810</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,516</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>107,884</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,601</x:t>
-[...490 lines deleted...]
-          <x:t>107,252</x:t>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>