--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f3cb9c6b864a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7551c361db4ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70bde33ecb2241d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6620620283744da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc123ba773c1f4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70bde33ecb2241d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8ae726a9664662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6620620283744da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,021</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>107,587</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>