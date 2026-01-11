--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7551c361db4ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db98e206ab9469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6620620283744da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624d086b400e4d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8ae726a9664662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6620620283744da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84453a7a52f046b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624d086b400e4d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>109,501</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,236</x:t>
-[...48 lines deleted...]
-          <x:t>109,031</x:t>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,276</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>109,389</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>