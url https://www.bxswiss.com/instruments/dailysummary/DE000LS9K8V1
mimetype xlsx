--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db98e206ab9469e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3fa423605648b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624d086b400e4d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595540460b8c4791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84453a7a52f046b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624d086b400e4d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10aaac6b3c864caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595540460b8c4791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>109,132</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,941</x:t>
-[...269 lines deleted...]
-          <x:t>110,188</x:t>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>