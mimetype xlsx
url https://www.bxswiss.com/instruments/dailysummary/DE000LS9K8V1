--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3fa423605648b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a91c536be34efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595540460b8c4791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7422007ad34c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10aaac6b3c864caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595540460b8c4791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R085f9e8795d14407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7422007ad34c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>107,806</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,021</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,213</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>