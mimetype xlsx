--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18069ce941245b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971495fdf1f84b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6526988680f4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f501cc1b59f4ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58132c35096b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6526988680f4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767189d440a14d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f501cc1b59f4ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>