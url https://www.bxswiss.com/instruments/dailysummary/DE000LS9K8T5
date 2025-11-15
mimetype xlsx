--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971495fdf1f84b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6351273ff5be4b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f501cc1b59f4ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7707ee206fb44f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767189d440a14d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f501cc1b59f4ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a714acf3e08464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7707ee206fb44f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>71,137</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,005</x:t>
-[...517 lines deleted...]
-          <x:t>73,486</x:t>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>