--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6351273ff5be4b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f9b8953e1647f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7707ee206fb44f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6ac919dd354146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a714acf3e08464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7707ee206fb44f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1674dfbbe5f04e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6ac919dd354146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>72,934</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>