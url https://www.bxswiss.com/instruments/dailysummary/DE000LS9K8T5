--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f9b8953e1647f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3659f544fa1a41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6ac919dd354146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fce773de46a4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1674dfbbe5f04e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6ac919dd354146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061c2ec6effd414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fce773de46a4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>