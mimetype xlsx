--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3659f544fa1a41f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b032544c4184f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fce773de46a4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27148538d701451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061c2ec6effd414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fce773de46a4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5a6ad64e0243f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27148538d701451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,045</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>