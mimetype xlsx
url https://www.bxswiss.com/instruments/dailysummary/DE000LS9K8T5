--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b032544c4184f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2538f14693b43c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27148538d701451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4345fff0f421474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5a6ad64e0243f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27148538d701451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1b0e89ee0040da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4345fff0f421474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>87,809</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>88,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>