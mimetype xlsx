--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1ec834f0b747fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97161b2dd0c74bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re82ce1d2a4f7428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9a1ddfaa3b4bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe87a518b4d47ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re82ce1d2a4f7428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae850114c0b499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9a1ddfaa3b4bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,531</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>123,078</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>