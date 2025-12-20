--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97161b2dd0c74bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a99406245354292" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9a1ddfaa3b4bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed38d0f195d46bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae850114c0b499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9a1ddfaa3b4bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10addf3a60254a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed38d0f195d46bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,002</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>