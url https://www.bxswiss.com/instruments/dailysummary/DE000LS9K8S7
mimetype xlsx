--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a99406245354292" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b35cd0c9414f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed38d0f195d46bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f4026eac88b4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10addf3a60254a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed38d0f195d46bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e4822963bb47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f4026eac88b4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>138,414</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,168</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,091</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>