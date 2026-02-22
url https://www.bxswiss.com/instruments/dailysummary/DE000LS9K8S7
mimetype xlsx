--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b35cd0c9414f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301636d86c8e4cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f4026eac88b4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2df95b7dba14a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e4822963bb47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f4026eac88b4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a99a85ccf943db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2df95b7dba14a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>143,039</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>