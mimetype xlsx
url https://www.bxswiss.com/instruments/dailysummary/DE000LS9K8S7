--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301636d86c8e4cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e59c3c28df432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2df95b7dba14a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf99e4faf453e4875"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a99a85ccf943db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2df95b7dba14a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121942627c964e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf99e4faf453e4875" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>