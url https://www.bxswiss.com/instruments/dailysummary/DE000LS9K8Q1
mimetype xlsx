--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab747c6e54a458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a1b9d1ae4c4df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0d0d8e586b2459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa175f3b05444af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e50bf9cf5db4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0d0d8e586b2459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0bef55fd2fa42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa175f3b05444af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>