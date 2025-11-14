--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a1b9d1ae4c4df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40123554adc9492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa175f3b05444af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ea748c59de44c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0bef55fd2fa42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa175f3b05444af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e20ff9987b4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ea748c59de44c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>