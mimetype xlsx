--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40123554adc9492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453844ba81f44e4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ea748c59de44c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577d7e8511b3411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e20ff9987b4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ea748c59de44c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1557b91b60a4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577d7e8511b3411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>184,402</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>