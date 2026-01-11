--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453844ba81f44e4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f783e9ba3f4351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577d7e8511b3411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf671855f004f4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1557b91b60a4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577d7e8511b3411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9856a6c6c2de4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf671855f004f4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>