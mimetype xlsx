--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f783e9ba3f4351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6012f7714f994740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf671855f004f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53be86f3d5144f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9856a6c6c2de4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf671855f004f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc356088093844ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53be86f3d5144f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>195,744</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>