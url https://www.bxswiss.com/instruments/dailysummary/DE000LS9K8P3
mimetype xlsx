--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d11e1594eda4ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a95766ec5943e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998c68fa859a441b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4788d0ced06b48f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93e4a68be1342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998c68fa859a441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1cdcb52ea7b40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4788d0ced06b48f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte gemäß Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8P3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,267</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>112,358</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,521</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>114,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>