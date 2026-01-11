--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a95766ec5943e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03085cc4d8784473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4788d0ced06b48f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra010a28cd8f14130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1cdcb52ea7b40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4788d0ced06b48f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb67c856f9fc4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra010a28cd8f14130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte gemäß Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8P3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,618</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>