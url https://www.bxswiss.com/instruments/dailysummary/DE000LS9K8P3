--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03085cc4d8784473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc975bd438344905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra010a28cd8f14130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69aec427e363483c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb67c856f9fc4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra010a28cd8f14130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4223ba36d4b44aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69aec427e363483c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte gemäß Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8P3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,747</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>