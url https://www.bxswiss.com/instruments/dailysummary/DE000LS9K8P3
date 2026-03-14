--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc975bd438344905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207d30e2c4534982" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69aec427e363483c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25fc78d521a143d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4223ba36d4b44aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69aec427e363483c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b092b2cdce740aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25fc78d521a143d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte gemäß Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8P3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>