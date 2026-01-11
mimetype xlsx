--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7080ade8c907415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef8bb51f31941c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7089c828ba84928"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b1315cd1fa4e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eacea8e446743e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7089c828ba84928" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6055492efa294056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b1315cd1fa4e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Standort München</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>148,917</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>