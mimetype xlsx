--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef8bb51f31941c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cf102ae93b4136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b1315cd1fa4e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd53f98c7a242c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6055492efa294056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b1315cd1fa4e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff6faed0c784e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd53f98c7a242c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Standort München</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,904</x:t>
-[...70 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>145,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,273</x:t>
-[...333 lines deleted...]
-          <x:t>149,866</x:t>
+          <x:t>147,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>