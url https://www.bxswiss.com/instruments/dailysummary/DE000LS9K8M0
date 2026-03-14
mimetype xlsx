--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67cf102ae93b4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7276b292d7bd4090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd53f98c7a242c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64decf91e4d4605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff6faed0c784e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd53f98c7a242c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0955d8003fc4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64decf91e4d4605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Standort München</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>