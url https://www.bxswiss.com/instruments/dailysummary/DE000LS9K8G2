--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb432a260a8ab4f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bd20de4b8540ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78968634da834d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f3fbee467e40de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d72b553ce64e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78968634da834d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a03a04e659949b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f3fbee467e40de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>