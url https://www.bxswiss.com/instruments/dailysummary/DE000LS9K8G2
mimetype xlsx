--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bd20de4b8540ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7204600041a04c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f3fbee467e40de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d9166c863f4ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a03a04e659949b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f3fbee467e40de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76d9c9542cb54c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d9166c863f4ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>