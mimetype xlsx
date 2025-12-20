--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7204600041a04c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R672ee474daf64056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d9166c863f4ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec7a57284c54240"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76d9c9542cb54c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d9166c863f4ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9d110c68bf4469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec7a57284c54240" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,193</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>