--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R672ee474daf64056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1831cccf01497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec7a57284c54240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81cca2168d5549a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9d110c68bf4469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec7a57284c54240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd074b7597da430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81cca2168d5549a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>