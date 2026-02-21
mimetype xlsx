--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1831cccf01497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05c8e7444354aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81cca2168d5549a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e216a35de284a9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd074b7597da430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81cca2168d5549a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a55d50e77c445e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e216a35de284a9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>179,902</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,872</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>175,327</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>