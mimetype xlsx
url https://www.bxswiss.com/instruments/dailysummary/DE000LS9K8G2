--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05c8e7444354aee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c7cd9c324d40d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e216a35de284a9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963693bcc0034915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a55d50e77c445e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e216a35de284a9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386fa8b59f56421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963693bcc0034915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>