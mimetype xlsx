--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59047030a6dd4a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe3c45b0356340dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b0885d5f287447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ef6992ff3f41d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49ff2028cf4f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b0885d5f287447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1eba177b3347d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ef6992ff3f41d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daytona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>163,214</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,209</x:t>
-[...485 lines deleted...]
-          <x:t>167,560</x:t>
+          <x:t>164,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>