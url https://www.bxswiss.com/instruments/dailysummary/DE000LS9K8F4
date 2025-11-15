--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe3c45b0356340dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raedaf903bcde4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ef6992ff3f41d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf091464fdb67499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1eba177b3347d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ef6992ff3f41d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550bef1dd9d9465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf091464fdb67499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daytona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...499 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,268</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>