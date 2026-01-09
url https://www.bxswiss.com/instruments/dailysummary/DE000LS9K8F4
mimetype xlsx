--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raedaf903bcde4efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8bf40170314ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf091464fdb67499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc776163e11d24046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550bef1dd9d9465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf091464fdb67499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf67b3ed8727444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc776163e11d24046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daytona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>153,230</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>