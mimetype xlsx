--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8bf40170314ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e27abbfc2345bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc776163e11d24046"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb142231e6474a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf67b3ed8727444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc776163e11d24046" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d30698ef2d4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb142231e6474a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daytona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>157,400</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>