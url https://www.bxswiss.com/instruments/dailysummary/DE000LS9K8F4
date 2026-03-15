--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e27abbfc2345bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9270a4b2a20d44fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb142231e6474a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e0efeb9c01b4b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d30698ef2d4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb142231e6474a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d68091d4a94f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e0efeb9c01b4b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daytona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8F4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,359</x:t>
-[...279 lines deleted...]
-          <x:t>147,010</x:t>
+          <x:t>147,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>