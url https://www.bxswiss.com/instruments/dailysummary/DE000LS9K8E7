--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce7d10119474ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0ae1b0facf4f66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f69ab4cd67f435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5b895b4af442b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97904f8341484aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f69ab4cd67f435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d543b63bf7040ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5b895b4af442b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland ,US ,Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,722</x:t>
+          <x:t>94,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,631</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>94,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,119</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>93,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,893</x:t>
-[...90 lines deleted...]
-          <x:t>94,021</x:t>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>