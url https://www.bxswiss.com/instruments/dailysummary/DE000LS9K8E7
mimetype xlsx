--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0ae1b0facf4f66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c5d978a73e4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5b895b4af442b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff4ee1434924782"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d543b63bf7040ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5b895b4af442b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c312d4423b74f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff4ee1434924782" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland ,US ,Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>94,570</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,334</x:t>
-[...443 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,754</x:t>
-[...144 lines deleted...]
-          <x:t>93,606</x:t>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>