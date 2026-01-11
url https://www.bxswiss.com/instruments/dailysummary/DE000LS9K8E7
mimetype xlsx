--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c5d978a73e4c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b86b9ce11ee4657" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff4ee1434924782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0305a27fe0424c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c312d4423b74f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff4ee1434924782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05244ac2f094dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0305a27fe0424c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland ,US ,Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>94,507</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,356</x:t>
-[...556 lines deleted...]
-          <x:t>94,670</x:t>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,587</x:t>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>