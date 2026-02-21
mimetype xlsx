--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b86b9ce11ee4657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0a021fd5af475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0305a27fe0424c4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc28afeb0ed6427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05244ac2f094dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0305a27fe0424c4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeed5fe68e4a4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc28afeb0ed6427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland ,US ,Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,559</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>