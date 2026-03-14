--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0a021fd5af475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1703f7a2f3d84357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc28afeb0ed6427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb65221f6a0e4d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeed5fe68e4a4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc28afeb0ed6427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5266f42c82c474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb65221f6a0e4d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland ,US ,Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>