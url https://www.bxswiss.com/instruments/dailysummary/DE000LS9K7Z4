--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R694faecd7de8451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdda257f42e4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00166a422a2b4ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef7f136eeb94e1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ed7aa75caf44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00166a422a2b4ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90168494faed421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef7f136eeb94e1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzstarke Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>181,920</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>