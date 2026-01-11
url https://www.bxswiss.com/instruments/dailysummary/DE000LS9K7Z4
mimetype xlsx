--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdda257f42e4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bbb0cd190734f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef7f136eeb94e1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2518f44e2bb944b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90168494faed421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef7f136eeb94e1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc49417700bf4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2518f44e2bb944b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzstarke Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>