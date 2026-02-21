--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bbb0cd190734f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b07794c79bb4b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2518f44e2bb944b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81366b2ea2384f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc49417700bf4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2518f44e2bb944b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc14ed0d34e424672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81366b2ea2384f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzstarke Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>188,928</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>