--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b07794c79bb4b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d14d962258f431a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81366b2ea2384f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4042f46a98a450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc14ed0d34e424672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81366b2ea2384f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc6f3c2c7cc4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4042f46a98a450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzstarke Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>