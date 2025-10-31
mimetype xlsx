--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ec3f5fee404450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c934211ebfd48c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa8064f749f4046"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c5de89880846a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6474532e5d534ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa8064f749f4046" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b759fd3a52f4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c5de89880846a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>