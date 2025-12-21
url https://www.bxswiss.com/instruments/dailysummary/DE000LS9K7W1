--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c934211ebfd48c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1038a27d79f4491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c5de89880846a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2263b8073df46b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b759fd3a52f4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c5de89880846a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eaab5cdcc2a432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2263b8073df46b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,869</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>