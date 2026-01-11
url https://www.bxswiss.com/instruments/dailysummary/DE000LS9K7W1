--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1038a27d79f4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0330c165eac42e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2263b8073df46b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec5dedffdcf49c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eaab5cdcc2a432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2263b8073df46b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cc746da679410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec5dedffdcf49c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>124,603</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,648</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>123,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,291</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>