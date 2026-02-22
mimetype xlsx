--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0330c165eac42e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R519f4248254b41c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec5dedffdcf49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b7d9e0a8c04a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cc746da679410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec5dedffdcf49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0d4b645dce468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b7d9e0a8c04a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>122,957</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,291</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>128,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>