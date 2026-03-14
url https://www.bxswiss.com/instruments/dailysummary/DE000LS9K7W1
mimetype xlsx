--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R519f4248254b41c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0edadd91f894a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48b7d9e0a8c04a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fcc0dde2fee4bc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0d4b645dce468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48b7d9e0a8c04a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63aa9de733024925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fcc0dde2fee4bc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>