--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e0b9a6ba2a4bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30aaace0d17048dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R093642bb8fef49bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14e6212fc38431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd263088a4d6424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R093642bb8fef49bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdd0351a91647b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14e6212fc38431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>905,524</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>