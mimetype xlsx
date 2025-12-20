--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30aaace0d17048dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea7b6c0fdb047ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14e6212fc38431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6048258414a64f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdd0351a91647b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14e6212fc38431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7893af5b7d4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6048258414a64f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>887,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>892,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>872,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>887,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>935,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>937,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>908,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>912,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>