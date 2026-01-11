--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea7b6c0fdb047ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4111b9a53af14992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6048258414a64f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89105f5d3a34328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7893af5b7d4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6048258414a64f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa618bb3eb5345fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89105f5d3a34328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>884,281</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>885,283</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>869,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>872,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>885,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>893,700</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>880,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>864,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>876,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>