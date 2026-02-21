--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4111b9a53af14992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327adda87a20410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89105f5d3a34328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfe7d5520df4314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa618bb3eb5345fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89105f5d3a34328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1646701f047e4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfe7d5520df4314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>906,255</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>