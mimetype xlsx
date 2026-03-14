--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327adda87a20410b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db3192ef7334bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cfe7d5520df4314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28178a02aae4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1646701f047e4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cfe7d5520df4314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3744321a8cf149a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28178a02aae4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>871,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>873,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>861,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>867,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>871,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>860,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>