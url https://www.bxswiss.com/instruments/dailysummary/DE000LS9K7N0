--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020e8a4638a643d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615891bbc8e94347" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe8b979d0af2472f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84268a1fc98749c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4177ab53c4b471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe8b979d0af2472f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9d2ab3f5094a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84268a1fc98749c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Magische Formel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>