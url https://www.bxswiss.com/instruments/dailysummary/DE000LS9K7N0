--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615891bbc8e94347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ab64bb15ed4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84268a1fc98749c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ee53f264aa6407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd9d2ab3f5094a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84268a1fc98749c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb44e8eae02284787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ee53f264aa6407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Magische Formel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>187,984</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>