--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c25204e5ba4216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d66564a4234e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc1847f4ac84a79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f02ce0a17940a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b60a8688dcf4626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc1847f4ac84a79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c76e057e05f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f02ce0a17940a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>