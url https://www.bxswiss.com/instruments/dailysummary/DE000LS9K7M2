--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d66564a4234e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221e8618e89e4b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f02ce0a17940a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c6ee534c794527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c76e057e05f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f02ce0a17940a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c59ccb6ab94667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c6ee534c794527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>219,106</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,970</x:t>
-[...463 lines deleted...]
-          <x:t>219,953</x:t>
+          <x:t>221,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>