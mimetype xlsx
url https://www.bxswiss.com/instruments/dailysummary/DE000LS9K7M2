--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221e8618e89e4b04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58ec0fe03944e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c6ee534c794527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870d8d3cb18942c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c59ccb6ab94667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c6ee534c794527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R776a71e409054663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870d8d3cb18942c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>225,312</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>