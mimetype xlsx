--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d726267d8414896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271adda279c541cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27050c789d944a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0d4ffea32c4321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82bf98bb76d43e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27050c789d944a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ee24621ee14563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0d4ffea32c4321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck als neuer Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>259,565</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>