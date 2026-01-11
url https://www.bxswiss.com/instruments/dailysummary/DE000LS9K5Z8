--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271adda279c541cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d24136ff6eb477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0d4ffea32c4321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b4c779f8784cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ee24621ee14563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0d4ffea32c4321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046ae39124fb4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b4c779f8784cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck als neuer Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>