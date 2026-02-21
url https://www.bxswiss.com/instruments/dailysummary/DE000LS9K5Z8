--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d24136ff6eb477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e5471b9538489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b4c779f8784cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d9c00201f494c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046ae39124fb4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b4c779f8784cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7205a403ba04830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d9c00201f494c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck als neuer Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>237,506</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>