--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e5471b9538489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb5be8bde314eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d9c00201f494c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6c8b50322a4ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7205a403ba04830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d9c00201f494c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf4ee5e6d5fc4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6c8b50322a4ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck als neuer Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>